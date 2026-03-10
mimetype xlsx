--- v0 (2025-11-30)
+++ v1 (2026-03-10)
@@ -12,104 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>区号</t>
   </si>
   <si>
     <t>对外价格</t>
   </si>
   <si>
     <t>国家</t>
   </si>
   <si>
-    <t>美国/加拿大</t>
-[...2 lines deleted...]
-    <t>俄罗斯/哈萨克斯坦</t>
+    <t>美国</t>
+  </si>
+  <si>
+    <t>加拿大</t>
+  </si>
+  <si>
+    <t>哈萨克</t>
+  </si>
+  <si>
+    <t>俄罗斯联邦</t>
   </si>
   <si>
     <t>埃及</t>
   </si>
   <si>
     <t>南非</t>
   </si>
   <si>
     <t>希腊</t>
   </si>
   <si>
     <t>荷兰</t>
   </si>
   <si>
     <t>比利时</t>
   </si>
   <si>
     <t>法国</t>
   </si>
   <si>
     <t>西班牙</t>
   </si>
   <si>
     <t>匈牙利</t>
   </si>
   <si>
     <t>意大利</t>
   </si>
   <si>
     <t>罗马尼亚</t>
   </si>
   <si>
     <t>瑞士</t>
   </si>
   <si>
     <t>奥地利</t>
   </si>
   <si>
-    <t>英国</t>
+    <t>英国/泽西岛/曼岛/根西岛</t>
   </si>
   <si>
     <t>丹麦</t>
   </si>
   <si>
     <t>瑞典</t>
   </si>
   <si>
     <t>挪威</t>
   </si>
   <si>
     <t>波兰</t>
   </si>
   <si>
     <t>德国</t>
   </si>
   <si>
     <t>秘鲁</t>
   </si>
   <si>
     <t>墨西哥</t>
   </si>
   <si>
     <t>古巴</t>
   </si>
@@ -426,50 +432,53 @@
     <t>列支敦士登</t>
   </si>
   <si>
     <t>伯利兹</t>
   </si>
   <si>
     <t>危地马拉</t>
   </si>
   <si>
     <t>萨尔瓦多</t>
   </si>
   <si>
     <t>洪都拉斯</t>
   </si>
   <si>
     <t>尼加拉瓜</t>
   </si>
   <si>
     <t>哥斯达黎加</t>
   </si>
   <si>
     <t>巴拿马</t>
   </si>
   <si>
     <t>海地</t>
+  </si>
+  <si>
+    <t>圣马丁岛</t>
   </si>
   <si>
     <t>瓜德罗普岛</t>
   </si>
   <si>
     <t>玻利维亚</t>
   </si>
   <si>
     <t>圭亚那</t>
   </si>
   <si>
     <t>厄瓜多尔</t>
   </si>
   <si>
     <t>法属圭亚那</t>
   </si>
   <si>
     <t>巴拉圭</t>
   </si>
   <si>
     <t>马提尼克</t>
   </si>
   <si>
     <t>苏里南</t>
   </si>
@@ -997,2339 +1006,2372 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C207"/>
+  <dimension ref="A1:C210"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="1">
-        <v>0.104</v>
+        <v>0.0531</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="B3" s="1">
-        <v>1.36</v>
+        <v>0.0976</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.552</v>
+        <v>1.9816</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.2247</v>
+        <v>1.9816</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="B6" s="1">
-        <v>0.427</v>
+        <v>0.8156</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1">
-        <v>0.6058884</v>
+        <v>0.2247</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1">
-        <v>0.621424</v>
+        <v>0.427</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B9" s="1">
-        <v>0.3724</v>
+        <v>0.5948</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B10" s="1">
-        <v>0.6741</v>
+        <v>1.1372</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B11" s="1">
-        <v>0.4942</v>
+        <v>0.3678</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B12" s="1">
-        <v>0.427</v>
+        <v>0.6443</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B13" s="1">
-        <v>0.7861</v>
+        <v>0.4942</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B14" s="1">
-        <v>0.3822</v>
+        <v>0.5879</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B15" s="1">
-        <v>0.6293</v>
+        <v>0.7861</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B16" s="1">
-        <v>0.2149</v>
+        <v>0.3822</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B17" s="1">
-        <v>0.256</v>
+        <v>0.6293</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B18" s="1">
-        <v>0.5278</v>
+        <v>0.2123</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B19" s="1">
-        <v>0.466068</v>
+        <v>0.1799</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B20" s="1">
-        <v>0.2247</v>
+        <v>0.7416</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B21" s="1">
-        <v>0.543746</v>
+        <v>0.4661</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B22" s="1">
-        <v>0.271873</v>
+        <v>0.3055</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B23" s="1">
-        <v>0.2086</v>
+        <v>0.8348</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B24" s="1">
-        <v>0.310712</v>
+        <v>0.2719</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1">
-        <v>0.349551</v>
+        <v>0.1883</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B26" s="1">
-        <v>0.155356</v>
+        <v>0.3107</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B27" s="1">
-        <v>0.371</v>
+        <v>0.8437</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B28" s="1">
-        <v>0.271873</v>
+        <v>0.0864</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B29" s="1">
-        <v>0.3262476</v>
+        <v>0.3767</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B30" s="1">
-        <v>0.1596</v>
+        <v>0.2719</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B31" s="1">
-        <v>0.2563374</v>
+        <v>0.3262</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B32" s="1">
-        <v>0.544</v>
+        <v>0.1557</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0896</v>
+        <v>0.2409</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B34" s="1">
-        <v>0.6741</v>
+        <v>0.1486</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B35" s="1">
-        <v>0.194195</v>
+        <v>0.0552</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B36" s="1">
-        <v>0.1064</v>
+        <v>0.6443</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="B37" s="1">
-        <v>0.349551</v>
+        <v>0.1913</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="B38" s="1">
-        <v>0.0945</v>
+        <v>0.0971</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B39" s="1">
-        <v>0.271873</v>
+        <v>0.3271</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B40" s="1">
-        <v>0.2576</v>
+        <v>0.0912</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1">
-        <v>0.24</v>
+        <v>0.1472</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B42" s="1">
-        <v>0.44</v>
+        <v>0.2379</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B43" s="1">
-        <v>1.44</v>
+        <v>0.046</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B44" s="1">
-        <v>1.184</v>
+        <v>0.1437</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B45" s="1">
-        <v>1.104</v>
+        <v>1.3382</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B46" s="1">
-        <v>0.7861</v>
+        <v>0.2247</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1">
-        <v>211</v>
+        <v>95</v>
       </c>
       <c r="B47" s="1">
-        <v>0.4494</v>
+        <v>0.3893</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1">
-        <v>212</v>
+        <v>98</v>
       </c>
       <c r="B48" s="1">
-        <v>0.624</v>
+        <v>0.7861</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B49" s="1">
-        <v>1.12</v>
+        <v>0.4494</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B50" s="1">
-        <v>0.6181</v>
+        <v>0.4272</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B51" s="1">
-        <v>0.38839</v>
+        <v>1.0409</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B52" s="1">
-        <v>0.2695</v>
+        <v>0.6181</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B53" s="1">
-        <v>0.5054</v>
+        <v>0.3884</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B54" s="1">
-        <v>0.7861</v>
+        <v>0.2695</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B55" s="1">
-        <v>0.2359</v>
+        <v>0.5054</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B56" s="1">
         <v>0.7861</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B57" s="1">
-        <v>0.4494</v>
+        <v>0.2359</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B58" s="1">
-        <v>0.233034</v>
+        <v>0.7861</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B59" s="1">
-        <v>0.8428</v>
+        <v>0.4494</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B60" s="1">
-        <v>0.38839</v>
+        <v>0.233</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B61" s="1">
-        <v>0.4494</v>
+        <v>0.8428</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B62" s="1">
-        <v>0.7861</v>
+        <v>0.3884</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B63" s="1">
-        <v>0.6741</v>
+        <v>0.4494</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B64" s="1">
         <v>0.7861</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B65" s="1">
-        <v>0.3934</v>
+        <v>0.6741</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B66" s="1">
-        <v>1.04</v>
+        <v>0.7861</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="B67" s="1">
-        <v>0.2807</v>
+        <v>0.3934</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B68" s="1">
-        <v>0.310712</v>
+        <v>1.0111</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B69" s="1">
-        <v>0.4494</v>
+        <v>0.2807</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B70" s="1">
-        <v>0.6741</v>
+        <v>0.3107</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B71" s="1">
-        <v>0.6680308</v>
+        <v>0.4494</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B72" s="1">
-        <v>0.854458</v>
+        <v>0.6741</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B73" s="1">
-        <v>0.310712</v>
+        <v>0.668</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B74" s="1">
-        <v>0.4837</v>
+        <v>0.8545</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B75" s="1">
-        <v>0.7518</v>
+        <v>0.3107</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B76" s="1">
-        <v>0.3822</v>
+        <v>0.4837</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B77" s="1">
-        <v>0.4494</v>
+        <v>0.7518</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B78" s="1">
-        <v>0.2583</v>
+        <v>0.6045</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B79" s="1">
-        <v>0.7861</v>
+        <v>0.4494</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B80" s="1">
-        <v>0.2471</v>
+        <v>0.2583</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B81" s="1">
-        <v>0.2247</v>
+        <v>0.7861</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B82" s="1">
-        <v>0.6293</v>
+        <v>0.2471</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B83" s="1">
-        <v>0.7413</v>
+        <v>0.2247</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B84" s="1">
-        <v>0.233034</v>
+        <v>0.6293</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B85" s="1">
-        <v>0.7861</v>
+        <v>0.7413</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B86" s="1">
-        <v>0.3857</v>
+        <v>0.233</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B87" s="1">
         <v>0.7861</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B88" s="1">
-        <v>0.3367</v>
+        <v>0.3857</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B89" s="1">
-        <v>0.233034</v>
+        <v>0.7861</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B90" s="1">
-        <v>0.2807</v>
+        <v>0.3367</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B91" s="1">
-        <v>0.3759</v>
+        <v>0.233</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B92" s="1">
-        <v>0.2695</v>
+        <v>0.2807</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B93" s="1">
-        <v>0.371</v>
+        <v>0.3759</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B94" s="1">
-        <v>0.3367</v>
+        <v>0.2695</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B95" s="1">
-        <v>0.466068</v>
+        <v>0.371</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B96" s="1">
-        <v>0.5614</v>
+        <v>0.3367</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B97" s="1">
-        <v>0.2807</v>
+        <v>0.4661</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B98" s="1">
-        <v>0.4046</v>
+        <v>0.5614</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1">
-        <v>297</v>
+        <v>268</v>
       </c>
       <c r="B99" s="1">
-        <v>0.3367</v>
+        <v>0.2807</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1">
-        <v>298</v>
+        <v>269</v>
       </c>
       <c r="B100" s="1">
-        <v>0.2247</v>
+        <v>0.4046</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1">
-        <v>350</v>
+        <v>297</v>
       </c>
       <c r="B101" s="1">
-        <v>0.2135</v>
+        <v>0.3367</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1">
-        <v>351</v>
+        <v>298</v>
       </c>
       <c r="B102" s="1">
-        <v>0.2951764</v>
+        <v>0.2247</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B103" s="1">
-        <v>0.2695</v>
+        <v>0.2135</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B104" s="1">
-        <v>0.427</v>
+        <v>0.2952</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B105" s="1">
-        <v>0.2807</v>
+        <v>0.2695</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B106" s="1">
-        <v>0.466068</v>
+        <v>0.427</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B107" s="1">
-        <v>0.2641052</v>
+        <v>0.2807</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="B108" s="1">
-        <v>0.5054</v>
+        <v>0.4461</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B109" s="1">
-        <v>0.4606</v>
+        <v>0.2641</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B110" s="1">
-        <v>0.6293</v>
+        <v>0.5054</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="B111" s="1">
-        <v>0.2174984</v>
+        <v>0.4606</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="B112" s="1">
-        <v>0.3486</v>
+        <v>0.6293</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B113" s="1">
-        <v>0.504907</v>
+        <v>0.2175</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B114" s="1">
-        <v>0.6181</v>
+        <v>0.3486</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B115" s="1">
-        <v>0.427229</v>
+        <v>0.5049</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B116" s="1">
-        <v>1.12</v>
+        <v>0.6181</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B117" s="1">
-        <v>2.174984</v>
+        <v>0.4272</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B118" s="1">
-        <v>0.504907</v>
+        <v>0.4272</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B119" s="1">
-        <v>0.349551</v>
+        <v>2.175</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B120" s="1">
-        <v>0.233034</v>
+        <v>0.5049</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B121" s="1">
-        <v>0.194195</v>
+        <v>1.3434</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B122" s="1">
-        <v>0.4494</v>
+        <v>0.233</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B123" s="1">
-        <v>0.194195</v>
+        <v>0.1942</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B124" s="1">
-        <v>0.427229</v>
+        <v>0.4494</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B125" s="1">
-        <v>0.1708916</v>
+        <v>1.0555</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1">
-        <v>420</v>
+        <v>387</v>
       </c>
       <c r="B126" s="1">
-        <v>0.4158</v>
+        <v>0.4272</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1">
-        <v>421</v>
+        <v>389</v>
       </c>
       <c r="B127" s="1">
-        <v>0.427229</v>
+        <v>0.1709</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B128" s="1">
-        <v>0.2807</v>
+        <v>0.4158</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1">
-        <v>501</v>
+        <v>421</v>
       </c>
       <c r="B129" s="1">
-        <v>0.310712</v>
+        <v>0.4272</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1">
-        <v>502</v>
+        <v>423</v>
       </c>
       <c r="B130" s="1">
-        <v>0.4494</v>
+        <v>0.2807</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B131" s="1">
-        <v>0.3367</v>
+        <v>0.3107</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B132" s="1">
-        <v>0.271873</v>
+        <v>0.4494</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B133" s="1">
-        <v>0.3728544</v>
+        <v>0.3367</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="B134" s="1">
-        <v>0.3031</v>
+        <v>0.2719</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B135" s="1">
-        <v>0.349551</v>
+        <v>0.3729</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="B136" s="1">
-        <v>0.5614</v>
+        <v>0.3031</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1">
-        <v>590</v>
+        <v>507</v>
       </c>
       <c r="B137" s="1">
-        <v>0.8988</v>
+        <v>0.3496</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1">
-        <v>591</v>
+        <v>509</v>
       </c>
       <c r="B138" s="1">
-        <v>0.5845</v>
+        <v>0.5614</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="B139" s="1">
-        <v>0.38839</v>
+        <v>0.8988</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="B140" s="1">
         <v>0.8988</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="B141" s="1">
-        <v>0.8988</v>
+        <v>0.5845</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="B142" s="1">
-        <v>0.2023</v>
+        <v>0.3884</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="B143" s="1">
         <v>0.8988</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="B144" s="1">
-        <v>0.4494</v>
+        <v>0.8988</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B145" s="1">
-        <v>0.4505324</v>
+        <v>0.2023</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="B146" s="1">
-        <v>0.349551</v>
+        <v>0.8988</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1">
-        <v>670</v>
+        <v>597</v>
       </c>
       <c r="B147" s="1">
-        <v>0.7861</v>
+        <v>0.4494</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1">
-        <v>673</v>
+        <v>598</v>
       </c>
       <c r="B148" s="1">
-        <v>0.2247</v>
+        <v>0.4505</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1">
-        <v>675</v>
+        <v>599</v>
       </c>
       <c r="B149" s="1">
-        <v>0.2807</v>
+        <v>0.3496</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="B150" s="1">
-        <v>0.3934</v>
+        <v>0.7861</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="B151" s="1">
-        <v>0.504907</v>
+        <v>0.2123</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="B152" s="1">
-        <v>0.3934</v>
+        <v>0.2807</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="B153" s="1">
         <v>0.3934</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="B154" s="1">
-        <v>0.466068</v>
+        <v>0.5049</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="B155" s="1">
-        <v>0.2695</v>
+        <v>0.3934</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="B156" s="1">
-        <v>0.4494</v>
+        <v>0.3934</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="B157" s="1">
-        <v>1.009814</v>
+        <v>0.4661</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="B158" s="1">
-        <v>0.5579</v>
+        <v>0.2695</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1">
-        <v>850</v>
+        <v>685</v>
       </c>
       <c r="B159" s="1">
-        <v>0.3598</v>
+        <v>0.539</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1">
-        <v>852</v>
+        <v>687</v>
       </c>
       <c r="B160" s="1">
-        <v>0.271873</v>
+        <v>1.0098</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1">
-        <v>853</v>
+        <v>689</v>
       </c>
       <c r="B161" s="1">
-        <v>0.1786594</v>
+        <v>0.5579</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="B162" s="1">
-        <v>0.68</v>
+        <v>0.3598</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="B163" s="1">
-        <v>0.3598</v>
+        <v>0.2052</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1">
-        <v>880</v>
+        <v>853</v>
       </c>
       <c r="B164" s="1">
-        <v>0.3976</v>
+        <v>0.1586</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1">
-        <v>886</v>
+        <v>855</v>
       </c>
       <c r="B165" s="1">
-        <v>0.192</v>
+        <v>0.9596</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1">
-        <v>960</v>
+        <v>856</v>
       </c>
       <c r="B166" s="1">
-        <v>0.1134</v>
+        <v>0.345</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1">
-        <v>961</v>
+        <v>880</v>
       </c>
       <c r="B167" s="1">
-        <v>0.2695</v>
+        <v>0.1104</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1">
-        <v>962</v>
+        <v>886</v>
       </c>
       <c r="B168" s="1">
-        <v>0.38839</v>
+        <v>0.1893</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="B169" s="1">
-        <v>0.6293</v>
+        <v>0.1134</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="B170" s="1">
-        <v>0.5614</v>
+        <v>0.2695</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="B171" s="1">
-        <v>0.8</v>
+        <v>0.3884</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="B172" s="1">
-        <v>0.8395</v>
+        <v>0.6293</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="B173" s="1">
-        <v>0.349551</v>
+        <v>0.5614</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="B174" s="1">
-        <v>0.544</v>
+        <v>0.2719</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="B175" s="1">
-        <v>0.427229</v>
+        <v>0.8029</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B176" s="1">
-        <v>0.456</v>
+        <v>0.3496</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="B177" s="1">
-        <v>0.96</v>
+        <v>0.2719</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="B178" s="1">
-        <v>0.1048653</v>
+        <v>0.4272</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="B179" s="1">
-        <v>0.310712</v>
+        <v>0.4362</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="B180" s="1">
-        <v>0.7861</v>
+        <v>0.9219</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="B181" s="1">
-        <v>0.3367</v>
+        <v>0.1049</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="B182" s="1">
-        <v>0.4942</v>
+        <v>0.3107</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1">
-        <v>992</v>
+        <v>975</v>
       </c>
       <c r="B183" s="1">
-        <v>0.1864272</v>
+        <v>0.7861</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1">
-        <v>993</v>
+        <v>976</v>
       </c>
       <c r="B184" s="1">
-        <v>0.427229</v>
+        <v>0.3367</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1">
-        <v>994</v>
+        <v>977</v>
       </c>
       <c r="B185" s="1">
-        <v>1.84</v>
+        <v>0.4942</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="B186" s="1">
-        <v>0.7861</v>
+        <v>0.1864</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="B187" s="1">
-        <v>0.2485696</v>
+        <v>0.4272</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="B188" s="1">
-        <v>1.44</v>
+        <v>0.8148</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1">
-        <v>1242</v>
+        <v>995</v>
       </c>
       <c r="B189" s="1">
-        <v>0.194195</v>
+        <v>0.7861</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1">
-        <v>1246</v>
+        <v>996</v>
       </c>
       <c r="B190" s="1">
-        <v>0.3367</v>
+        <v>0.2486</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1">
-        <v>1264</v>
+        <v>998</v>
       </c>
       <c r="B191" s="1">
-        <v>0.3367</v>
+        <v>0.5502</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1">
-        <v>1268</v>
+        <v>1242</v>
       </c>
       <c r="B192" s="1">
-        <v>0.3367</v>
+        <v>0.1942</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1">
-        <v>1284</v>
+        <v>1246</v>
       </c>
       <c r="B193" s="1">
-        <v>0.310712</v>
+        <v>0.3367</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1">
-        <v>1340</v>
+        <v>1264</v>
       </c>
       <c r="B194" s="1">
         <v>0.3367</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1">
-        <v>1345</v>
+        <v>1268</v>
       </c>
       <c r="B195" s="1">
         <v>0.3367</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1">
-        <v>1441</v>
+        <v>1284</v>
       </c>
       <c r="B196" s="1">
-        <v>0.310712</v>
+        <v>0.3107</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1">
-        <v>1473</v>
+        <v>1340</v>
       </c>
       <c r="B197" s="1">
         <v>0.3367</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1">
-        <v>1664</v>
+        <v>1345</v>
       </c>
       <c r="B198" s="1">
-        <v>0.1864272</v>
+        <v>0.3367</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1">
-        <v>1671</v>
+        <v>1441</v>
       </c>
       <c r="B199" s="1">
-        <v>0.8988</v>
+        <v>0.3107</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1">
-        <v>1758</v>
+        <v>1473</v>
       </c>
       <c r="B200" s="1">
-        <v>0.322</v>
+        <v>0.3367</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1">
-        <v>1767</v>
+        <v>1664</v>
       </c>
       <c r="B201" s="1">
-        <v>0.322</v>
+        <v>0.1864</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1">
-        <v>1784</v>
+        <v>1671</v>
       </c>
       <c r="B202" s="1">
-        <v>0.3367</v>
+        <v>0.8988</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1">
-        <v>1787</v>
+        <v>1758</v>
       </c>
       <c r="B203" s="1">
-        <v>0.2583</v>
+        <v>0.322</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1">
-        <v>1809</v>
+        <v>1767</v>
       </c>
       <c r="B204" s="1">
-        <v>0.3367</v>
+        <v>0.322</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1">
-        <v>1868</v>
+        <v>1784</v>
       </c>
       <c r="B205" s="1">
         <v>0.3367</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1">
-        <v>1869</v>
+        <v>1787</v>
       </c>
       <c r="B206" s="1">
-        <v>0.543746</v>
+        <v>0.2583</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1">
-        <v>1876</v>
+        <v>1809</v>
       </c>
       <c r="B207" s="1">
         <v>0.3367</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>208</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1">
+        <v>1868</v>
+      </c>
+      <c r="B208" s="1">
+        <v>0.3367</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1">
+        <v>1869</v>
+      </c>
+      <c r="B209" s="1">
+        <v>0.5437</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1">
+        <v>1876</v>
+      </c>
+      <c r="B210" s="1">
+        <v>0.3367</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>